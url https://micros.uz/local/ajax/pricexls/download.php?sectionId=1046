--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -61,51 +61,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 05 декабря 2025 07:00</t>
+    <t>Прайс-лист действителен на 13 декабря 2025 05:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
@@ -770,78 +770,78 @@
   <si>
     <t>ВКГ 6Е 500</t>
   </si>
   <si>
     <t>16 383 000,00</t>
   </si>
   <si>
     <t>Вентилятор крышный ВКГ 4Е 355 центробеж.</t>
   </si>
   <si>
     <t>ВКГ 4Е 355</t>
   </si>
   <si>
     <t>8 225 000,00</t>
   </si>
   <si>
     <t>Вентиляторы пром- типа ТТ</t>
   </si>
   <si>
     <t>Вентилятор смешанного типа SLINE-100 пластиковый, АБС</t>
   </si>
   <si>
     <t>SLINE-100</t>
   </si>
   <si>
-    <t>928 000,00</t>
+    <t>936 000,00</t>
   </si>
   <si>
     <t>Вентилятор смешанного типа SLINE-125 пластиковый, АБС</t>
   </si>
   <si>
     <t>SLINE-125</t>
   </si>
   <si>
-    <t>1 122 000,00</t>
+    <t>1 130 000,00</t>
   </si>
   <si>
     <t>Вентилятор смешанного типа SLINE-150 пластиковый, АБС</t>
   </si>
   <si>
     <t>SLINE-150</t>
   </si>
   <si>
-    <t>1 768 000,00</t>
+    <t>1 781 000,00</t>
   </si>
   <si>
     <t>Вентилятор смешанного типа SLINE-200 пластиковый, АБС</t>
   </si>
   <si>
     <t>SLINE-200</t>
   </si>
   <si>
-    <t>2 981 000,00</t>
+    <t>3 003 000,00</t>
   </si>
   <si>
     <t>Вентилятор смешанного типа SLINE-250 пластиковый, АБС</t>
   </si>
   <si>
     <t>SLINE-250</t>
   </si>
   <si>
     <t>5 036 000,00</t>
   </si>
   <si>
     <t>Вентилятор смешанного типа SLINE-315 пластиковый, АБС</t>
   </si>
   <si>
     <t>SLINE-315</t>
   </si>
   <si>
     <t>7 498 000,00</t>
   </si>
   <si>
     <t>Вентиляторы пром центробежные</t>
   </si>
   <si>
     <t>Вентилятор центробежный двустороннего всасывания CBD-2525-4M 3/4 3V</t>
   </si>
@@ -863,51 +863,51 @@
   <si>
     <t>Вентилятор центробежный двустороннего всасывания CBD-2828-6M 1/3 3V</t>
   </si>
   <si>
     <t>CBD-2828-6M</t>
   </si>
   <si>
     <t>3 960 000,00</t>
   </si>
   <si>
     <t>Вентилятор центробежный двустороннего всасывания CBD-3333-6M 1 3V</t>
   </si>
   <si>
     <t>CBD-3333-6M</t>
   </si>
   <si>
     <t>7 148 000,00</t>
   </si>
   <si>
     <t>Вентилятор центробежный ВР 280-46 №2,5 0,75кВт</t>
   </si>
   <si>
     <t>ВР 280-46 №2,5</t>
   </si>
   <si>
-    <t>4 157 000,00</t>
+    <t>4 238 000,00</t>
   </si>
   <si>
     <t>Вентилятор центробежный ВР-300-45 5-4/1000</t>
   </si>
   <si>
     <t>НЗВЗ</t>
   </si>
   <si>
     <t>ВР-300-45 5-4/1000</t>
   </si>
   <si>
     <t>12 902 000,00</t>
   </si>
   <si>
     <t>Вентилятор центробежный ВР-300-45 5-5,5/1000</t>
   </si>
   <si>
     <t>ВР-300-45 5-5,5/1000</t>
   </si>
   <si>
     <t>14 927 000,00</t>
   </si>
   <si>
     <t>Вентилятор центробежный ВР-300-45-2-0,25/1500</t>
   </si>
@@ -1064,60 +1064,60 @@
   <si>
     <t>Осушители</t>
   </si>
   <si>
     <t>Осушители канальные McQ-136</t>
   </si>
   <si>
     <t>SIGO</t>
   </si>
   <si>
     <t>McQ-136</t>
   </si>
   <si>
     <t>22 945 000,00</t>
   </si>
   <si>
     <t>Осушитель напольный DanVex DEH-1000p</t>
   </si>
   <si>
     <t>DANVEX</t>
   </si>
   <si>
     <t>DEH-1000p</t>
   </si>
   <si>
-    <t>21 515 000,00</t>
+    <t>21 676 000,00</t>
   </si>
   <si>
     <t>Осушитель напольный DanVex DEH-1700p</t>
   </si>
   <si>
     <t>DEH-1700p</t>
   </si>
   <si>
-    <t>36 516 000,00</t>
+    <t>36 790 000,00</t>
   </si>
   <si>
     <t>Очистители воздуха</t>
   </si>
   <si>
     <t>Очиститель воздуха Babyair</t>
   </si>
   <si>
     <t>Babyair</t>
   </si>
   <si>
     <t>Очиститель воздуха E125</t>
   </si>
   <si>
     <t>E125</t>
   </si>
   <si>
     <t>Очиститель воздуха E60</t>
   </si>
   <si>
     <t>E60</t>
   </si>
   <si>
     <t>Очиститель воздуха E80</t>
   </si>
@@ -1271,60 +1271,60 @@
   <si>
     <t>4 689 000,00</t>
   </si>
   <si>
     <t>Нагреватель канал. водяной VO 80-50/2R</t>
   </si>
   <si>
     <t>VO 80-50/2R</t>
   </si>
   <si>
     <t>5 857 000,00</t>
   </si>
   <si>
     <t>Системы отопления</t>
   </si>
   <si>
     <t>Настенный газовый котел FUTURIA N 125 (UN) -E</t>
   </si>
   <si>
     <t>CUPORI</t>
   </si>
   <si>
     <t xml:space="preserve">0M6OEIXD </t>
   </si>
   <si>
-    <t>81 510 000,00</t>
+    <t>82 089 000,00</t>
   </si>
   <si>
     <t>Настенный газовый котел FUTURIA N 80 (UN) -E</t>
   </si>
   <si>
     <t>0M6OBIXD</t>
   </si>
   <si>
-    <t>68 262 000,00</t>
+    <t>68 774 000,00</t>
   </si>
   <si>
     <t>Части и принадлежности</t>
   </si>
   <si>
     <t>Damper 10" electronic with connection cable</t>
   </si>
   <si>
     <t>MEITAV-TEC</t>
   </si>
   <si>
     <t>DA10/401</t>
   </si>
   <si>
     <t>1 872 000,00</t>
   </si>
   <si>
     <t>Damper 8" electronic with connection cable</t>
   </si>
   <si>
     <t>DA8/401</t>
   </si>
   <si>
     <t>1 647 000,00</t>
   </si>