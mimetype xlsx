--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -60,51 +60,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 07 декабря 2025 03:31</t>
+    <t>Прайс-лист действителен на 13 декабря 2025 03:18</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
@@ -375,240 +375,240 @@
   <si>
     <t>707 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж Xerox DC2020 Magenta</t>
   </si>
   <si>
     <t>006R01695</t>
   </si>
   <si>
     <t>613 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж Xerox DC2020 Yellow</t>
   </si>
   <si>
     <t>006R01696</t>
   </si>
   <si>
     <t xml:space="preserve">Тонер-картридж Ricoh Pro C5300 Print Cartridge (black) </t>
   </si>
   <si>
     <t>Ricoh</t>
   </si>
   <si>
-    <t>2 336 000,00</t>
+    <t>2 354 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Тонер-картридж Ricoh Pro C5300 Print Cartridge (yellow) </t>
   </si>
   <si>
-    <t>2 422 000,00</t>
+    <t>2 440 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Тонер-картридж Ricoh Pro C5300 Print Cartridge (magenta) </t>
   </si>
   <si>
     <t xml:space="preserve">Тонер-картридж Ricoh Pro C5300 Print Cartridge (cyan) </t>
   </si>
   <si>
     <t xml:space="preserve">Тонер Ricoh Toner Type C7100 (black) </t>
   </si>
   <si>
-    <t>3 128 000,00</t>
+    <t>3 151 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Тонер Ricoh Toner Type C7100 (yellow) </t>
   </si>
   <si>
-    <t>4 488 000,00</t>
+    <t>4 522 000,00</t>
   </si>
   <si>
     <t>Тонер Ricoh Toner Type C7100 (magenta)</t>
   </si>
   <si>
     <t>Тонер Ricoh Toner Type C7100 (cyan)</t>
   </si>
   <si>
-    <t>4 169 000,00</t>
+    <t>4 198 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж Ricoh Pro C5200 Print Cartridge (black)</t>
   </si>
   <si>
-    <t>2 430 000,00</t>
+    <t>2 449 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Тонер-картридж Ricoh Pro C5200 Print Cartridge (yellow) </t>
   </si>
   <si>
-    <t>2 529 000,00</t>
+    <t>2 548 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Тонер-картридж Ricoh Pro C5200 Print Cartridge (magenta) </t>
   </si>
   <si>
     <t xml:space="preserve">Тонер-картридж Ricoh Pro C5200 Print Cartridge (cyan) </t>
   </si>
   <si>
     <t>Тонер-картридж Ricoh Print Cartridge IM C6000  (black)</t>
   </si>
   <si>
-    <t>1 647 000,00</t>
+    <t>1 658 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж Ricoh Print Cartridge IM C6000 (yellow)</t>
   </si>
   <si>
-    <t>3 298 000,00</t>
+    <t>3 320 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж Ricoh Print Cartridge IM C6000 (magenta)</t>
   </si>
   <si>
-    <t>3 293 000,00</t>
+    <t>3 316 000,00</t>
   </si>
   <si>
     <t>3 158 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж Ricoh Print Cartridge IM C6000 (cyan)</t>
   </si>
   <si>
     <t>Тонер Ricoh Black for GA model C7200</t>
   </si>
   <si>
     <t>3 009 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Тонер-картридж Ricoh Pro C7200X Print Cartridge (yellow) </t>
   </si>
   <si>
-    <t>4 636 000,00</t>
+    <t>4 670 000,00</t>
   </si>
   <si>
     <t>Тонер Ricoh Magenta for GA model C7200</t>
   </si>
   <si>
     <t>Тонер Ricoh Cyan for GA model C7200</t>
   </si>
   <si>
     <t>Тонер-картридж Ricoh Pro C7200 Print Cartridge (invisible red)</t>
   </si>
   <si>
-    <t>19 823 000,00</t>
+    <t>19 971 000,00</t>
   </si>
   <si>
     <t>Чернила Ricoh Pro AR Ink Pack Type L4100 (black)</t>
   </si>
   <si>
-    <t>2 335 000,00</t>
+    <t>2 356 000,00</t>
   </si>
   <si>
     <t>Чернила Ricoh Pro AR Ink Pack Type L4100 (cyan)</t>
   </si>
   <si>
     <t>Чернила Ricoh Pro AR Ink Pack Type L4100 (magenta)</t>
   </si>
   <si>
     <t>Чернила Ricoh Pro AR Ink Pack Type L4100 (yellow)</t>
   </si>
   <si>
     <t>Текстильные чернила черные (высокой емкости) тип 1 (140мл) для Ri 100 Ricoh</t>
   </si>
   <si>
-    <t>1 757 000,00</t>
+    <t>1 773 000,00</t>
   </si>
   <si>
     <t>Текстильные чернила голубые (высокой емкости) тип 1 (100мл) для Ri 100 Ricoh</t>
   </si>
   <si>
-    <t>1 484 000,00</t>
+    <t>1 499 000,00</t>
   </si>
   <si>
     <t>Текстильные чернила пурпурные (высокой емкости) тип 1 (100мл) для Ri 100 Ricoh</t>
   </si>
   <si>
     <t>Текстильные чернила желтые (высокой емкости) тип 1 (100мл) для Ri 100 Ricoh</t>
   </si>
   <si>
     <t>Тонер Ricoh Black MP C3503/3004</t>
   </si>
   <si>
-    <t>1 665 000,00</t>
+    <t>1 677 000,00</t>
   </si>
   <si>
     <t>Тонер Ricoh Yellow MP C3503/3004</t>
   </si>
   <si>
-    <t>2 804 000,00</t>
+    <t>2 824 000,00</t>
   </si>
   <si>
     <t>Тонер Ricoh Magenta MP C3503/3004</t>
   </si>
   <si>
     <t>Тонер Ricoh Cyan MP C3503/3004</t>
   </si>
   <si>
     <t>Тонер Ricoh Toner Type 1160W (black)</t>
   </si>
   <si>
-    <t>3 485 000,00</t>
+    <t>3 508 000,00</t>
   </si>
   <si>
     <t>Тонер Print Cartridge Black IM C3500</t>
   </si>
   <si>
-    <t>1 926 000,00</t>
+    <t>1 939 000,00</t>
   </si>
   <si>
     <t>Тонер Print Cartridge Yellow IM C3500</t>
   </si>
   <si>
-    <t>3 325 000,00</t>
+    <t>3 348 000,00</t>
   </si>
   <si>
     <t>Тонер Print Cartridge Magenta IM C3500</t>
   </si>
   <si>
     <t>Тонер Print Cartridge Cyan IM C3500</t>
   </si>
   <si>
     <t>Тонер белый тип C7100</t>
   </si>
   <si>
-    <t>10 331 000,00</t>
+    <t>10 408 000,00</t>
   </si>
   <si>
     <t>Тонер неоновый розовый C7100</t>
   </si>
   <si>
     <t>Тонер прозрачный тип C7100</t>
   </si>
   <si>
-    <t>10 316 000,00</t>
+    <t>10 388 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж XEROX VersaLink C8000 белый</t>
   </si>
   <si>
     <t>106R04646</t>
   </si>
   <si>
     <t>8 476 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж Xerox WC7525/7830/7545/7556/7855 (Black)</t>
   </si>
   <si>
     <t>006R01517</t>
   </si>
   <si>
     <t>2 029 000,00</t>
   </si>
   <si>
     <t>Тонер-картридж Xerox WC 7545/7556 (CYAN)</t>
   </si>
   <si>
     <t>006R01520</t>
   </si>
@@ -1215,159 +1215,159 @@
   <si>
     <t>1 705 000,00</t>
   </si>
   <si>
     <t>Пластик 3D Systems Cartridge for Cube 3, ABS - Blue</t>
   </si>
   <si>
     <t>Пластик 3D Systems Cartridge for Cube 3, ABS - Green</t>
   </si>
   <si>
     <t>Пластик 3D Systems Cartridge for Cube 3, ABS - Red</t>
   </si>
   <si>
     <t>Пластик 3D Systems Cartridge for Cube 3, ABS - White</t>
   </si>
   <si>
     <t>Тонеры и девелоперы</t>
   </si>
   <si>
     <t>Девелопер черный для Ricoh pro C7100/C7110, Original</t>
   </si>
   <si>
     <t>D1949640</t>
   </si>
   <si>
-    <t>3 789 000,00</t>
+    <t>3 815 000,00</t>
   </si>
   <si>
     <t>Девелопер голубой для Ricoh pro C7100/C7110, Original</t>
   </si>
   <si>
     <t>D1949660</t>
   </si>
   <si>
-    <t>3 206 000,00</t>
+    <t>3 227 000,00</t>
   </si>
   <si>
     <t>Девелопер Ricoh Developer Type 30W (black)</t>
   </si>
   <si>
     <t>B1259640</t>
   </si>
   <si>
-    <t>2 984 000,00</t>
+    <t>3 007 000,00</t>
   </si>
   <si>
     <t>Девелопер желтый для Ricoh pro C7100/C7110, Original</t>
   </si>
   <si>
     <t>D1949680</t>
   </si>
   <si>
-    <t>3 787 000,00</t>
+    <t>3 814 000,00</t>
   </si>
   <si>
     <t>Девелопер Ricoh NEON-PINK</t>
   </si>
   <si>
     <t>D0A59715</t>
   </si>
   <si>
-    <t>9 327 000,00</t>
+    <t>9 392 000,00</t>
   </si>
   <si>
     <t>Девелопер (K) DC 252</t>
   </si>
   <si>
     <t>675K17930</t>
   </si>
   <si>
     <t>1 457 000,00</t>
   </si>
   <si>
     <t>Девелопер (Y) DC 252</t>
   </si>
   <si>
     <t>675K18020</t>
   </si>
   <si>
     <t>1 738 000,00</t>
   </si>
   <si>
     <t>Девелопер BK (черный) PRO C7200X</t>
   </si>
   <si>
     <t>D0A59640</t>
   </si>
   <si>
-    <t>2 272 000,00</t>
+    <t>2 293 000,00</t>
   </si>
   <si>
     <t>Девелопер C (голубой) PRO C7200X</t>
   </si>
   <si>
     <t>D0A59660</t>
   </si>
   <si>
     <t>Девелопер M (малиновый) PRO C7200X</t>
   </si>
   <si>
     <t>D0A59670</t>
   </si>
   <si>
     <t>1 911 000,00</t>
   </si>
   <si>
     <t>Девелопер Y (желтый) PRO C7200X</t>
   </si>
   <si>
     <t>D0A59680</t>
   </si>
   <si>
     <t>Девелопер Ricoh Developer Type S3 (invisible red)</t>
   </si>
   <si>
-    <t>8 632 000,00</t>
+    <t>8 696 000,00</t>
   </si>
   <si>
     <t>Девелопер Ricoh Developer Type S3 (neon pink)</t>
   </si>
   <si>
-    <t>14 370 000,00</t>
+    <t>14 478 000,00</t>
   </si>
   <si>
     <t>Девелопер Ricoh Magenta Pro C7100</t>
   </si>
   <si>
     <t>D1949670</t>
   </si>
   <si>
     <t xml:space="preserve">Девелопер Ricoh Developer Type S3 Pro C7200 (clear) </t>
   </si>
   <si>
-    <t>4 851 000,00</t>
+    <t>4 887 000,00</t>
   </si>
   <si>
     <t>Фотобарабаны для принтеров</t>
   </si>
   <si>
     <t>VersaLink B7100 Drum Cartridge / Фотобарабан</t>
   </si>
   <si>
     <t>013R00687</t>
   </si>
   <si>
     <t>5 075 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Драм-картридж Xerox VersaLink C7100 </t>
   </si>
   <si>
     <t>013R00688</t>
   </si>
   <si>
     <t>5 139 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Драм-картридж Xerox P3052/P3260/WC3215/WC3225 </t>
   </si>
@@ -1458,135 +1458,135 @@
   <si>
     <t>Ксерографический модуль VLC7000 Xerox</t>
   </si>
   <si>
     <t>113R00782</t>
   </si>
   <si>
     <t>4 208 000,00</t>
   </si>
   <si>
     <t>Ксерографический модуль WC 5645/5655/5665/5675 Xerox</t>
   </si>
   <si>
     <t>113R00673</t>
   </si>
   <si>
     <t>7 302 000,00</t>
   </si>
   <si>
     <t>Фотобарабан W6700SP Ricoh</t>
   </si>
   <si>
     <t>B0109510</t>
   </si>
   <si>
-    <t>33 070 000,00</t>
+    <t>33 318 000,00</t>
   </si>
   <si>
     <t>Fuser Xerox C75/J75</t>
   </si>
   <si>
     <t>008R13146</t>
   </si>
   <si>
     <t>13 856 000,00</t>
   </si>
   <si>
     <t>Фотобарабан Ricoh IMC3000-3500: голубой</t>
   </si>
   <si>
     <t>D0BM2211</t>
   </si>
   <si>
     <t>10 475 000,00</t>
   </si>
   <si>
     <t>Фотобарабан Ricoh IMC3000-3500: пурпурный</t>
   </si>
   <si>
     <t>D0BM2212</t>
   </si>
   <si>
     <t>Фотобарабан Ricoh IMC3000-3500: желтый</t>
   </si>
   <si>
     <t>D0BM2213</t>
   </si>
   <si>
     <t>Фотобарабан Xerox Drum Cartridge Color C75</t>
   </si>
   <si>
     <t>013R00672</t>
   </si>
   <si>
     <t>3 759 000,00</t>
   </si>
   <si>
     <t>Фотобарабан Ricoh OPC drum (black)</t>
   </si>
   <si>
     <t>D2392242</t>
   </si>
   <si>
-    <t>13 740 000,00</t>
+    <t>13 843 000,00</t>
   </si>
   <si>
     <t>Фотобарабан C7100X / OPC DRUM DIA60</t>
   </si>
   <si>
     <t>D1949510</t>
   </si>
   <si>
-    <t>5 817 000,00</t>
+    <t>5 859 000,00</t>
   </si>
   <si>
     <t>Фотобарабан HP LJ 1010</t>
   </si>
   <si>
     <t>HP-LJ-1010</t>
   </si>
   <si>
     <t>73 000,00</t>
   </si>
   <si>
     <t>Фотобарабан Ricoh OPC drum Color</t>
   </si>
   <si>
     <t>D2392239</t>
   </si>
   <si>
-    <t>6 896 000,00</t>
+    <t>6 948 000,00</t>
   </si>
   <si>
     <t>Фотобарабан Цветной MPC3004/C3504</t>
   </si>
   <si>
     <t>D2392259</t>
   </si>
   <si>
-    <t>10 350 000,00</t>
+    <t>10 428 000,00</t>
   </si>
   <si>
     <t>Фотобарабан DC6060/DC2045</t>
   </si>
   <si>
     <t>001R00561</t>
   </si>
   <si>
     <t>2 094 000,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0,00"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>