--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -61,51 +61,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 05 декабря 2025 07:00</t>
+    <t>Прайс-лист действителен на 13 декабря 2025 03:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
@@ -623,87 +623,87 @@
   <si>
     <t>UPS AGM Battery 12V66AH YUASA SWL</t>
   </si>
   <si>
     <t>YUASA SWL</t>
   </si>
   <si>
     <t>SWL 1850 66</t>
   </si>
   <si>
     <t>4 415 000,00</t>
   </si>
   <si>
     <t>Частотные преобразователи</t>
   </si>
   <si>
     <t>Преобразователь частоты Altivar 312 VSD 3 kW; 3ph 40</t>
   </si>
   <si>
     <t>Schneider Electric</t>
   </si>
   <si>
     <t>ATV312HU30N4</t>
   </si>
   <si>
-    <t>20 591 000,00</t>
+    <t>20 745 000,00</t>
   </si>
   <si>
     <t>Расширенная панель оператора Micromaster 4</t>
   </si>
   <si>
     <t>6SE6400-0AP00-0CA0</t>
   </si>
   <si>
-    <t>4 208 000,00</t>
+    <t>4 240 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект для соединения ПК и преобразователя, Micromaster 4 PC </t>
   </si>
   <si>
     <t>6SE6400-1PC00-0AA0</t>
   </si>
   <si>
-    <t>721 000,00</t>
+    <t>726 000,00</t>
   </si>
   <si>
     <t>Преобразователь частоты Micromaster 420 3AC 380-480V, 2.2 KW</t>
   </si>
   <si>
     <t>6SE6420-2AD22-2BA1</t>
   </si>
   <si>
-    <t>13 104 000,00</t>
+    <t>13 231 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Преобразователь частоты Micromaster 420 3AC 380-480V, 7.5 KW </t>
   </si>
   <si>
     <t>6SE6420-2AD27-5CA1</t>
   </si>
   <si>
-    <t>20 134 000,00</t>
+    <t>20 349 000,00</t>
   </si>
   <si>
     <t>Аксессуары</t>
   </si>
   <si>
     <t>Сетевой фильтр APC SurgeArrest Essential 5 розеток 1,8 м.</t>
   </si>
   <si>
     <t>P5B-RS</t>
   </si>
   <si>
     <t>Карта сетевого управления UPS Network Management Card with PowerChute Network Shutdown</t>
   </si>
   <si>
     <t>AP9640</t>
   </si>
   <si>
     <t>7 504 000,00</t>
   </si>
   <si>
     <t>Сетевой фильтр APC SurgeArrest Home/Office 6 розеток 2.4 м</t>
   </si>
   <si>
     <t>PH6T3-RS</t>
   </si>