--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -61,51 +61,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 13 декабря 2025 03:00</t>
+    <t>Прайс-лист действителен на 13 декабря 2025 07:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>