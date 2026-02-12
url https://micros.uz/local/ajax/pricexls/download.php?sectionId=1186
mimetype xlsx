--- v2 (2025-12-13)
+++ v3 (2026-02-12)
@@ -61,51 +61,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 13 декабря 2025 07:00</t>
+    <t>Прайс-лист действителен на 12 февраля 2026 15:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
@@ -623,87 +623,87 @@
   <si>
     <t>UPS AGM Battery 12V66AH YUASA SWL</t>
   </si>
   <si>
     <t>YUASA SWL</t>
   </si>
   <si>
     <t>SWL 1850 66</t>
   </si>
   <si>
     <t>4 415 000,00</t>
   </si>
   <si>
     <t>Частотные преобразователи</t>
   </si>
   <si>
     <t>Преобразователь частоты Altivar 312 VSD 3 kW; 3ph 40</t>
   </si>
   <si>
     <t>Schneider Electric</t>
   </si>
   <si>
     <t>ATV312HU30N4</t>
   </si>
   <si>
-    <t>20 745 000,00</t>
+    <t>20 662 000,00</t>
   </si>
   <si>
     <t>Расширенная панель оператора Micromaster 4</t>
   </si>
   <si>
     <t>6SE6400-0AP00-0CA0</t>
   </si>
   <si>
-    <t>4 240 000,00</t>
+    <t>4 223 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект для соединения ПК и преобразователя, Micromaster 4 PC </t>
   </si>
   <si>
     <t>6SE6400-1PC00-0AA0</t>
   </si>
   <si>
-    <t>726 000,00</t>
+    <t>723 000,00</t>
   </si>
   <si>
     <t>Преобразователь частоты Micromaster 420 3AC 380-480V, 2.2 KW</t>
   </si>
   <si>
     <t>6SE6420-2AD22-2BA1</t>
   </si>
   <si>
-    <t>13 231 000,00</t>
+    <t>13 163 000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Преобразователь частоты Micromaster 420 3AC 380-480V, 7.5 KW </t>
   </si>
   <si>
     <t>6SE6420-2AD27-5CA1</t>
   </si>
   <si>
-    <t>20 349 000,00</t>
+    <t>20 233 000,00</t>
   </si>
   <si>
     <t>Аксессуары</t>
   </si>
   <si>
     <t>Сетевой фильтр APC SurgeArrest Essential 5 розеток 1,8 м.</t>
   </si>
   <si>
     <t>P5B-RS</t>
   </si>
   <si>
     <t>Карта сетевого управления UPS Network Management Card with PowerChute Network Shutdown</t>
   </si>
   <si>
     <t>AP9640</t>
   </si>
   <si>
     <t>7 504 000,00</t>
   </si>
   <si>
     <t>Сетевой фильтр APC SurgeArrest Home/Office 6 розеток 2.4 м</t>
   </si>
   <si>
     <t>PH6T3-RS</t>
   </si>