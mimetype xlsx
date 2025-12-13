--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -62,51 +62,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 05 декабря 2025 07:00</t>
+    <t>Прайс-лист действителен на 13 декабря 2025 03:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>