--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -62,51 +62,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 13 декабря 2025 03:00</t>
+    <t>Прайс-лист действителен на 13 декабря 2025 06:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>