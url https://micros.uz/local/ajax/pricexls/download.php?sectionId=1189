--- v2 (2025-12-13)
+++ v3 (2026-02-12)
@@ -62,51 +62,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 13 декабря 2025 06:00</t>
+    <t>Прайс-лист действителен на 12 февраля 2026 15:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
@@ -224,84 +224,84 @@
   <si>
     <t>EasyPOS lite</t>
   </si>
   <si>
     <t>Денежный ящик</t>
   </si>
   <si>
     <t>NC010</t>
   </si>
   <si>
     <t>1 200 000,00</t>
   </si>
   <si>
     <t>Денежный ящик: пластиковый и металлический Лотки: четыре лотка для обычных купюр и один лоток для больших купюр, три лотка для монет Металлический подшипник: выдерживает нагрузку до 10 кг Кабель: RJ12, 6P4C, 0,8 м Замок: трехпозиционный...</t>
   </si>
   <si>
     <t>Смарт-кассы и Платежные терминалы</t>
   </si>
   <si>
     <t>Sunmi P2 PRO</t>
   </si>
   <si>
     <t>T6920</t>
   </si>
   <si>
-    <t>5 300 000,00</t>
+    <t>4 400 000,00</t>
   </si>
   <si>
     <t>Sunmi P2 Pro является продвинутой версией портативного мобильного устройства Sunmi P2, предназначенного для коммерческого использования. Sunmi P2 Pro имеет дополнительные функции и улучшения по сравнению с базовой моделью P2, делая его еще более мощным инструментом...</t>
   </si>
   <si>
     <t>Sunmi P2</t>
   </si>
   <si>
     <t>T6900</t>
   </si>
   <si>
-    <t>3 300 000,00</t>
+    <t>2 900 000,00</t>
   </si>
   <si>
     <t>Sunmi P2 является портативным мобильным устройством, предназначенным для коммерческого использования. Оно оснащено операционной системой Android и имеет широкий набор функций, делающих его полезным инструментом для различных бизнес-сценариев.</t>
   </si>
   <si>
     <t>Sunmi P2 MINI</t>
   </si>
   <si>
     <t>3 446 000,00</t>
   </si>
   <si>
     <t>Sunmi P2 Mini - это портативное мобильное устройство, разработанное компанией Sunmi для коммерческого использования. Это компактное и мощное устройство предоставляет ряд функций, делая его идеальным инструментом для бизнеса в различных отраслях.</t>
   </si>
   <si>
     <t>P3-Smart Payment Terminal</t>
   </si>
   <si>
     <t>Zebra</t>
   </si>
   <si>
-    <t>3 729 000,00</t>
+    <t>3 696 000,00</t>
   </si>
   <si>
     <t>P3 (САН276) P3 (SUN279) ОС Андроид 11 Андроид 11 Процессор Четырехъядерный A53, 2,0 ГГц Четырехъядерный A53, 2,0 ГГц БАРАН 2 ГБ 2 ГБ ПЗУ 32 ГБ 32 ГБ ЖК-дисплей 6,75" TFT HD+720*1600, IPS 6,75" TFT...</t>
   </si>
   <si>
     <t>Sunmi P2 SMARTPAD</t>
   </si>
   <si>
     <t>3 295 000,00</t>
   </si>
   <si>
     <t>Sunmi P2 SMARTPAD - это умное мобильное устройство, созданное компанией Sunmi, предназначенное для коммерческого использования. Этот планшет сочетает в себе мобильность и функциональность, обеспечивая бизнесу удобные инструменты для обслуживания клиентов и выполнения различных операций.</t>
   </si>
   <si>
     <t>P3 MIX-Smart - настольный терминал (T6721)</t>
   </si>
   <si>
     <t>7 200 000,00</t>
   </si>
   <si>
     <t>10-дюймовый дисплей высокого разрешения и встроенный принтер образуют мобильный и настольный терминал. Встроенный высокоскоростной термопринтер 58/80 мм. Большой экран 10″ IPS-дисплей обеспечивает большой угол обзора и более точную цветопередачу. Многофункциональная подставка Порт USB типа A,...</t>
   </si>
   <si>
     <t>MIX Function Cradle-Function Cradle</t>
   </si>
@@ -450,51 +450,51 @@
   <si>
     <t>Cканеры штрих-кодов</t>
   </si>
   <si>
     <t>Сканер штрих-кода SUNMI 2D</t>
   </si>
   <si>
     <t>640 000,00</t>
   </si>
   <si>
     <t>Сканер QR-кодов SUNMI 2D</t>
   </si>
   <si>
     <t>540 000,00</t>
   </si>
   <si>
     <t>Сканер штрих-кода XL-9221B 2D SUNLUX (USB)</t>
   </si>
   <si>
     <t>899 000,00</t>
   </si>
   <si>
     <t>Сканер штрих-кода XL-9610 2D SUNLUX (USB)</t>
   </si>
   <si>
-    <t>1 499 000,00</t>
+    <t>1 399 000,00</t>
   </si>
   <si>
     <t>Сканер штрих-кода XL-2302 2D SUNLUX (USB)</t>
   </si>
   <si>
     <t>1 500 000,00</t>
   </si>
   <si>
     <t>Ручной 2D сканер штрих-кода Zebra DS2208-SR7U2100AZW USB, черный</t>
   </si>
   <si>
     <t>DS2208-SR7U2100AZW</t>
   </si>
   <si>
     <t>1 819 000,00</t>
   </si>
   <si>
     <t>Сканер Unitech PT 630</t>
   </si>
   <si>
     <t>Беспроводной одномерный сканер штрих-кода Zebra LI4278-TRBU0100ZER</t>
   </si>
   <si>
     <t>LI4278-TRBU0100ZER</t>
   </si>
@@ -5061,51 +5061,51 @@
       <c r="H52" s="34"/>
       <c r="I52" s="33" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:28" customHeight="1" ht="74.25" s="2" customFormat="1">
       <c r="A53" s="34">
         <v>15</v>
       </c>
       <c r="B53" s="34" t="s">
         <v>156</v>
       </c>
       <c r="C53" s="34" t="s">
         <v>46</v>
       </c>
       <c r="D53" s="34" t="s">
         <v>157</v>
       </c>
       <c r="E53" s="35" t="s">
         <v>158</v>
       </c>
       <c r="F53" s="36" t="s">
         <v>38</v>
       </c>
       <c r="G53" s="36" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="H53" s="34"/>
       <c r="I53" s="33" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:28" customHeight="1" ht="74.25" s="2" customFormat="1">
       <c r="A54" s="34">
         <v>16</v>
       </c>
       <c r="B54" s="34" t="s">
         <v>31</v>
       </c>
       <c r="C54" s="34" t="s">
         <v>46</v>
       </c>
       <c r="D54" s="34" t="s">
         <v>159</v>
       </c>
       <c r="E54" s="35" t="s">
         <v>160</v>
       </c>
       <c r="F54" s="36" t="s">
         <v>38</v>
       </c>