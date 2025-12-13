--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -61,51 +61,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 05 декабря 2025 07:00</t>
+    <t>Прайс-лист действителен на 13 декабря 2025 06:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>