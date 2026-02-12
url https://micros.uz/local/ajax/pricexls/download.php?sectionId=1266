--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -24,88 +24,88 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Каталог" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="Z_5FB49946_0718_11D4_8E12_00805FC5CA93_.wvu.Rows" localSheetId="0">Каталог!#REF!,Каталог!#REF!</definedName>
     <definedName name="Z_9603F171_06DE_11D4_A50C_006008C61068_.wvu.Rows" localSheetId="0">Каталог!#REF!,Каталог!#REF!</definedName>
     <definedName name="Z_A2829361_0A17_11D4_A4E3_0020AF197D5A_.wvu.Rows" localSheetId="0">Каталог!#REF!,Каталог!#REF!</definedName>
     <definedName name="Z_D753BA5C_D20F_450E_81DF_DADC9F160808_.wvu.FilterData" localSheetId="0">'Каталог'!$B$5:$B$5</definedName>
     <definedName name="Z_D753BA5C_D20F_450E_81DF_DADC9F160808_.wvu.PrintTitles" localSheetId="0">Каталог!$4:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Каталог'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Медицинское оборудование и изделия</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 13 декабря 2025 06:00</t>
+    <t>Прайс-лист действителен на 12 февраля 2026 15:00</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
@@ -230,57 +230,63 @@
   <si>
     <t>EMP</t>
   </si>
   <si>
     <t>3D-G70-3sensor</t>
   </si>
   <si>
     <t>274 934 000,00</t>
   </si>
   <si>
     <t>Анализаторы медицинские</t>
   </si>
   <si>
     <t>Гематологический анализатор с реагентами</t>
   </si>
   <si>
     <t>DIRUI</t>
   </si>
   <si>
     <t>BCC-3000B</t>
   </si>
   <si>
     <t>88 747 000,00</t>
   </si>
   <si>
+    <t>Dirui BCC-3000B — автоматический гематологический анализатор со встроенным сканером штрих-кодов. Используется в средних и малых лабораториях для выполнения общего анализа крови по 21 параметрам с возможностью построения 3 гистограмм. Надёжен благодаря использованию классического кондуктометрического метода...</t>
+  </si>
+  <si>
     <t>Мочевой анализатор H-100, Dirui</t>
   </si>
   <si>
     <t>H-100</t>
   </si>
   <si>
     <t>16 215 000,00</t>
+  </si>
+  <si>
+    <t>Анализаторы мочи H-100 работают на полосках Uristik H-8, Uristik H-10, Uristik H-11, Uristik H-14 Са. • Определяет до 14 параметров: уробилиноген, билирубин, белок, глюкоза, кетоны, удельный вес, нитриты, рН, лейкоциты, скрытая кровь, аскорбиновая кислота, кальций,...</t>
   </si>
   <si>
     <t>Разное оборудование</t>
   </si>
   <si>
     <t>Прикроватная консоль MSTO5</t>
   </si>
   <si>
     <t>3 623 000,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0,00"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1943,105 +1949,109 @@
       <c r="I18" s="32"/>
     </row>
     <row r="19" spans="1:28" customHeight="1" ht="74.25" s="3" customFormat="1">
       <c r="A19" s="22">
         <v>1</v>
       </c>
       <c r="B19" s="22" t="s">
         <v>56</v>
       </c>
       <c r="C19" s="22" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="22" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="27" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="30" t="s">
         <v>19</v>
       </c>
       <c r="G19" s="30" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="22"/>
-      <c r="I19" s="33"/>
+      <c r="I19" s="33" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="20" spans="1:28" customHeight="1" ht="73.418287937743" s="3" customFormat="1">
       <c r="A20" s="22">
         <v>2</v>
       </c>
       <c r="B20" s="22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C20" s="22" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E20" s="27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F20" s="30" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="30" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="22"/>
-      <c r="I20" s="33"/>
+      <c r="I20" s="33" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="21" spans="1:28" s="3" customFormat="1">
       <c r="A21" s="20"/>
       <c r="B21" s="21" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C21" s="21"/>
       <c r="D21" s="21"/>
       <c r="E21" s="26"/>
       <c r="F21" s="21"/>
       <c r="G21" s="21"/>
       <c r="H21" s="21"/>
       <c r="I21" s="32"/>
     </row>
     <row r="22" spans="1:28" customHeight="1" ht="54.160714285714" s="3" customFormat="1">
       <c r="A22" s="22">
         <v>1</v>
       </c>
       <c r="B22" s="22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C22" s="22" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E22" s="27" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F22" s="30" t="s">
         <v>19</v>
       </c>
       <c r="G22" s="30" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="22"/>
       <c r="I22" s="33"/>
     </row>
     <row r="23" spans="1:28" s="3" customFormat="1"/>
     <row r="24" spans="1:28" s="3" customFormat="1"/>
     <row r="25" spans="1:28" s="3" customFormat="1"/>
     <row r="26" spans="1:28" s="3" customFormat="1"/>
     <row r="27" spans="1:28" s="3" customFormat="1"/>
     <row r="28" spans="1:28" s="3" customFormat="1"/>
     <row r="29" spans="1:28" s="3" customFormat="1"/>
     <row r="30" spans="1:28" s="3" customFormat="1"/>
     <row r="31" spans="1:28" s="3" customFormat="1"/>
     <row r="32" spans="1:28" s="3" customFormat="1"/>
     <row r="33" spans="1:28" s="3" customFormat="1"/>
     <row r="34" spans="1:28" s="2" customFormat="1">
       <c r="I34" s="3"/>
     </row>
     <row r="35" spans="1:28" s="2" customFormat="1">