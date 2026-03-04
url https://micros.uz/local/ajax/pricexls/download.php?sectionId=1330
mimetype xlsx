--- v0 (2025-12-13)
+++ v1 (2026-03-04)
@@ -60,51 +60,51 @@
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Телефон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Tahoma"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="8"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">+998 (71) 200-34-34</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Электронная почта: </t>
   </si>
   <si>
     <t>info@micros.uz</t>
   </si>
   <si>
-    <t>Прайс-лист действителен на 13 декабря 2025 03:12</t>
+    <t>Прайс-лист действителен на 02 марта 2026 08:31</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Вендор</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t xml:space="preserve">Цена в сумах </t>
   </si>
   <si>
     <t>%НДС</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>